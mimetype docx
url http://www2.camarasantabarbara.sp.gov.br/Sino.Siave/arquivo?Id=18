--- v0 (2025-12-05)
+++ v1 (2026-01-30)
@@ -1,52 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="7AE345AC" w14:textId="77777777" w:rsidR="00E2476C" w:rsidRPr="00C355D1" w:rsidRDefault="00E2476C" w:rsidP="00E2476C">
       <w:pPr>
         <w:pStyle w:val="Ttulo"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">PROJETO DE LEI </w:t>
       </w:r>
       <w:r w:rsidRPr="00C355D1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Nº $NUMERO$/$ANO$</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BF4CA32" w14:textId="77777777" w:rsidR="00E2476C" w:rsidRDefault="00E2476C" w:rsidP="00E2476C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
@@ -503,51 +502,50 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="30346ED0" w14:textId="77777777" w:rsidR="001D758A" w:rsidRPr="001D758A" w:rsidRDefault="001D758A" w:rsidP="001D758A">
       <w:pPr>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D758A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">III </w:t>
       </w:r>
       <w:r w:rsidRPr="001D758A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">– Multa de 30 (trinta) </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001D758A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>UFMs</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001D758A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -744,60 +742,58 @@
       </w:r>
       <w:r w:rsidRPr="00C355D1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> de </w:t>
       </w:r>
       <w:r w:rsidR="001D758A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>junho</w:t>
       </w:r>
       <w:r w:rsidRPr="00C355D1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> de </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="001D758A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2025</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="2E247963" w14:textId="77777777" w:rsidR="00E2476C" w:rsidRPr="00C355D1" w:rsidRDefault="00E2476C" w:rsidP="00E2476C">
       <w:pPr>
         <w:ind w:firstLine="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4851A939" w14:textId="77777777" w:rsidR="00E2476C" w:rsidRDefault="00E2476C" w:rsidP="00E2476C">
       <w:pPr>
         <w:ind w:firstLine="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="51E605EF" w14:textId="77777777" w:rsidR="001D758A" w:rsidRDefault="001D758A" w:rsidP="00E2476C">
       <w:pPr>
         <w:ind w:firstLine="1440"/>
         <w:rPr>
@@ -1095,50 +1091,61 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="59D7D23C" w14:textId="77777777" w:rsidR="001D758A" w:rsidRDefault="001D758A" w:rsidP="00E2476C">
       <w:pPr>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="47A91D71" w14:textId="77777777" w:rsidR="001D758A" w:rsidRDefault="001D758A" w:rsidP="00E2476C">
       <w:pPr>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w14:paraId="1E29D4FC" w14:textId="77777777" w:rsidR="00CF1497" w:rsidRDefault="00CF1497" w:rsidP="00E2476C">
+      <w:pPr>
+        <w:ind w:firstLine="1440"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="3DDB4321" w14:textId="77777777" w:rsidR="001D758A" w:rsidRDefault="001D758A" w:rsidP="00E2476C">
       <w:pPr>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1FAB22FB" w14:textId="77777777" w:rsidR="001D758A" w:rsidRDefault="001D758A" w:rsidP="00E2476C">
       <w:pPr>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0369B06F" w14:textId="77777777" w:rsidR="001D758A" w:rsidRDefault="001D758A" w:rsidP="00E2476C">
       <w:pPr>
         <w:ind w:firstLine="1440"/>
@@ -1156,50 +1163,51 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2AE20F2D" w14:textId="77777777" w:rsidR="00E2476C" w:rsidRPr="001D758A" w:rsidRDefault="00FD5CE1" w:rsidP="00FD5CE1">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D758A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Exposição de Motivos</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D6D0B56" w14:textId="77777777" w:rsidR="00E2476C" w:rsidRPr="009D34DF" w:rsidRDefault="00E2476C" w:rsidP="00E2476C">
       <w:pPr>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1B58C1DA" w14:textId="77777777" w:rsidR="00E2476C" w:rsidRPr="009D34DF" w:rsidRDefault="00E2476C" w:rsidP="00E2476C">
       <w:pPr>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -1317,104 +1325,85 @@
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="564832C6" w14:textId="2AA756E9" w:rsidR="00E2476C" w:rsidRDefault="001D758A" w:rsidP="001D758A">
       <w:pPr>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D758A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Diante disso, submetemos à apreciação dos nobres Vereadores da Câmara Municipal este Projeto de Lei, para que seja </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> e aprovado, em benefício da saúde pública, da segurança dos trabalhadores e do meio ambiente.</w:t>
+        <w:t>Diante disso, submetemos à apreciação dos nobres Vereadores da Câmara Municipal este Projeto de Lei, para que seja debatido, aprimorado e aprovado, em benefício da saúde pública, da segurança dos trabalhadores e do meio ambiente.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70BDF30C" w14:textId="77777777" w:rsidR="001D758A" w:rsidRDefault="001D758A" w:rsidP="001D758A">
       <w:pPr>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4221FB5C" w14:textId="77777777" w:rsidR="001D758A" w:rsidRDefault="001D758A" w:rsidP="001D758A">
       <w:pPr>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2CB4D6C2" w14:textId="77777777" w:rsidR="001D758A" w:rsidRPr="009D34DF" w:rsidRDefault="001D758A" w:rsidP="001D758A">
       <w:pPr>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
     </w:p>
     <w:p w14:paraId="2AD0C44D" w14:textId="77777777" w:rsidR="00E2476C" w:rsidRPr="00C355D1" w:rsidRDefault="00E2476C" w:rsidP="00E2476C">
       <w:pPr>
         <w:ind w:firstLine="1440"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C355D1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Plenário “Dr. Tancredo Neves”, em 27 de fevereiro de 2.009.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="260786CE" w14:textId="77777777" w:rsidR="00E2476C" w:rsidRPr="00C355D1" w:rsidRDefault="00E2476C" w:rsidP="00E2476C">
       <w:pPr>
         <w:ind w:firstLine="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1451,163 +1440,162 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>José da Silva</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76B294A2" w14:textId="77777777" w:rsidR="009F196D" w:rsidRPr="00CF7F49" w:rsidRDefault="00E2476C" w:rsidP="00E2476C">
       <w:pPr>
         <w:ind w:firstLine="120"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C355D1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-vereador-</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:sectPr w:rsidR="009F196D" w:rsidRPr="00CF7F49" w:rsidSect="001D758A">
-      <w:headerReference w:type="default" r:id="rId7"/>
+      <w:headerReference w:type="default" r:id="rId6"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="2552" w:right="1701" w:bottom="567" w:left="1701" w:header="567" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1962A10D" w14:textId="77777777" w:rsidR="001F7587" w:rsidRDefault="001F7587">
+    <w:p w14:paraId="0CF6C15F" w14:textId="77777777" w:rsidR="00EF1FBE" w:rsidRDefault="00EF1FBE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7BA87E11" w14:textId="77777777" w:rsidR="001F7587" w:rsidRDefault="001F7587">
+    <w:p w14:paraId="4D25F247" w14:textId="77777777" w:rsidR="00EF1FBE" w:rsidRDefault="00EF1FBE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Bookman Old Style">
     <w:panose1 w:val="02050604050505020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0581C00B" w14:textId="77777777" w:rsidR="001F7587" w:rsidRDefault="001F7587">
+    <w:p w14:paraId="7DD38491" w14:textId="77777777" w:rsidR="00EF1FBE" w:rsidRDefault="00EF1FBE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6FD4757C" w14:textId="77777777" w:rsidR="001F7587" w:rsidRDefault="001F7587">
+    <w:p w14:paraId="0A934615" w14:textId="77777777" w:rsidR="00EF1FBE" w:rsidRDefault="00EF1FBE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w14:paraId="006E6B3D" w14:textId="77777777" w:rsidR="0049057E" w:rsidRDefault="001F7587">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="006E6B3D" w14:textId="77777777" w:rsidR="0049057E" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict w14:anchorId="3E4118CD">
         <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
           <v:stroke joinstyle="miter"/>
           <v:path gradientshapeok="t" o:connecttype="rect"/>
         </v:shapetype>
-        <v:shape id="Caixa de Texto 2" o:spid="_x0000_s2049" type="#_x0000_t202" style="position:absolute;margin-left:33.4pt;margin-top:19.7pt;width:420.7pt;height:72.4pt;z-index:1;visibility:visible;mso-height-percent:200;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBr1EiXKwIAAE0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0vtpxkyYx6hRdugwD&#10;ugvQ7gMYWY6FyaImqbGzrx8lp1l2exnmB0EUqaPDQ9LXN0On2V46r9BUfHKRcyaNwFqZXcU/P25e&#10;LTjzAUwNGo2s+EF6frN6+eK6t6UssEVdS8cIxPiytxVvQ7BllnnRyg78BVppyNmg6yCQ6XZZ7aAn&#10;9E5nRZ5fZT262joU0ns6vRudfJXwm0aK8LFpvAxMV5y4hbS6tG7jmq2uodw5sK0SRxrwDyw6UIYe&#10;PUHdQQD25NRvUJ0SDj024UJgl2HTKCFTDpTNJP8lm4cWrEy5kDjenmTy/w9WfNh/ckzVFb/M55wZ&#10;6KhIa1ADsFqyRzkEZEVUqbe+pOAHS+FheI0DVTtl7O09ii+eGVy3YHby1jnsWwk1sZzEm9nZ1RHH&#10;R5Bt/x5regyeAiagoXFdlJBEYYRO1TqcKkQ8mKDD4nI+La5mnAnyTab55XIxS29A+XzdOh/eSuxY&#10;3FTcUQskeNjf+xDpQPkcEl/zqFW9UVonw+22a+3YHqhdNuk7ov8Upg3rK76cFbNRgb9C5On7E0Sn&#10;AvW9Vl3FF6cgKKNub0ydujKA0uOeKGtzFDJqN6oYhu1wLMwW6wNJ6nDsb5pH2rTovnHWU29X3H99&#10;Aic50+8MlWU5mU7jMCRjOpsXZLhzz/bcA0YQVMUDZ+N2HdIAJcHsLZVvo5Kwsc4jkyNX6tmk93G+&#10;4lCc2ynqx19g9R0AAP//AwBQSwMEFAAGAAgAAAAhAP0vMtbbAAAABQEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj8FOwzAQRO9I/IO1SNyokxQVSONUVQTXSm2RuG7jbRKw1yF20vD3GC5wWWk0o5m3xWa2&#10;Rkw0+M6xgnSRgCCune64UfB6fLl7BOEDskbjmBR8kYdNeX1VYK7dhfc0HUIjYgn7HBW0IfS5lL5u&#10;yaJfuJ44emc3WAxRDo3UA15iuTUyS5KVtNhxXGixp6ql+uMwWgXjsdpO+yp7f5t2+n63ekaL5lOp&#10;25t5uwYRaA5/YfjBj+hQRqaTG1l7YRTER8Lvjd7yYfkE4qQgy9IUZFnI//TlNwAAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQBr1EiXKwIAAE0EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQD9LzLW2wAAAAUBAAAPAAAAAAAAAAAAAAAAAIUEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAjQUAAAAA&#10;" filled="f" strokecolor="white">
+        <v:shape id="Caixa de Texto 2" o:spid="_x0000_s1025" type="#_x0000_t202" style="position:absolute;margin-left:33.4pt;margin-top:19.7pt;width:420.7pt;height:72.4pt;z-index:1;visibility:visible;mso-height-percent:200;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBr1EiXKwIAAE0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0vtpxkyYx6hRdugwD&#10;ugvQ7gMYWY6FyaImqbGzrx8lp1l2exnmB0EUqaPDQ9LXN0On2V46r9BUfHKRcyaNwFqZXcU/P25e&#10;LTjzAUwNGo2s+EF6frN6+eK6t6UssEVdS8cIxPiytxVvQ7BllnnRyg78BVppyNmg6yCQ6XZZ7aAn&#10;9E5nRZ5fZT262joU0ns6vRudfJXwm0aK8LFpvAxMV5y4hbS6tG7jmq2uodw5sK0SRxrwDyw6UIYe&#10;PUHdQQD25NRvUJ0SDj024UJgl2HTKCFTDpTNJP8lm4cWrEy5kDjenmTy/w9WfNh/ckzVFb/M55wZ&#10;6KhIa1ADsFqyRzkEZEVUqbe+pOAHS+FheI0DVTtl7O09ii+eGVy3YHby1jnsWwk1sZzEm9nZ1RHH&#10;R5Bt/x5regyeAiagoXFdlJBEYYRO1TqcKkQ8mKDD4nI+La5mnAnyTab55XIxS29A+XzdOh/eSuxY&#10;3FTcUQskeNjf+xDpQPkcEl/zqFW9UVonw+22a+3YHqhdNuk7ov8Upg3rK76cFbNRgb9C5On7E0Sn&#10;AvW9Vl3FF6cgKKNub0ydujKA0uOeKGtzFDJqN6oYhu1wLMwW6wNJ6nDsb5pH2rTovnHWU29X3H99&#10;Aic50+8MlWU5mU7jMCRjOpsXZLhzz/bcA0YQVMUDZ+N2HdIAJcHsLZVvo5Kwsc4jkyNX6tmk93G+&#10;4lCc2ynqx19g9R0AAP//AwBQSwMEFAAGAAgAAAAhAP0vMtbbAAAABQEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj8FOwzAQRO9I/IO1SNyokxQVSONUVQTXSm2RuG7jbRKw1yF20vD3GC5wWWk0o5m3xWa2&#10;Rkw0+M6xgnSRgCCune64UfB6fLl7BOEDskbjmBR8kYdNeX1VYK7dhfc0HUIjYgn7HBW0IfS5lL5u&#10;yaJfuJ44emc3WAxRDo3UA15iuTUyS5KVtNhxXGixp6ql+uMwWgXjsdpO+yp7f5t2+n63ekaL5lOp&#10;25t5uwYRaA5/YfjBj+hQRqaTG1l7YRTER8Lvjd7yYfkE4qQgy9IUZFnI//TlNwAAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQBr1EiXKwIAAE0EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQD9LzLW2wAAAAUBAAAPAAAAAAAAAAAAAAAAAIUEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAjQUAAAAA&#10;" filled="f" strokecolor="white">
           <v:textbox style="mso-fit-shape-to-text:t">
             <w:txbxContent>
               <w:p w14:paraId="48F1164C" w14:textId="77777777" w:rsidR="0049057E" w:rsidRPr="00AE702A" w:rsidRDefault="0049057E" w:rsidP="001B478A">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="40"/>
                     <w:szCs w:val="40"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00AE702A">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="40"/>
                     <w:szCs w:val="40"/>
                   </w:rPr>
                   <w:t>Câmara Municipal de Santa Bárbara</w:t>
                 </w:r>
                 <w:r w:rsidR="001B478A" w:rsidRPr="00AE702A">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="40"/>
                     <w:szCs w:val="40"/>
                   </w:rPr>
@@ -1636,372 +1624,607 @@
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="32"/>
                     <w:szCs w:val="32"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00D26CB3">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="32"/>
                     <w:szCs w:val="32"/>
                   </w:rPr>
                   <w:t>“Palácio 15 de Junho”</w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
         </v:shape>
       </w:pict>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict w14:anchorId="62614717">
-        <v:shape id="_x0000_s2052" type="#_x0000_t202" style="position:absolute;margin-left:-60.4pt;margin-top:0;width:96.15pt;height:98.05pt;z-index:2;visibility:visible;mso-wrap-style:none;mso-width-percent:400;mso-height-percent:200;mso-width-percent:400;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCAWhvSLQIAAFQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0vthxkjY16hRdugwD&#10;ugvQ7gMYWY6FyaImqbG7ry8lp2l2exnmB0EUqaPDQ9KXV0On2V46r9BUfDrJOZNGYK3MruJf7zdv&#10;lpz5AKYGjUZW/FF6frV6/eqyt6UssEVdS8cIxPiytxVvQ7BllnnRyg78BK005GzQdRDIdLusdtAT&#10;eqezIs/Psh5dbR0K6T2d3oxOvkr4TSNF+Nw0XgamK07cQlpdWrdxzVaXUO4c2FaJAw34BxYdKEOP&#10;HqFuIAB7cOo3qE4Jhx6bMBHYZdg0SsiUA2UzzX/J5q4FK1MuJI63R5n8/4MVn/ZfHFN1xWf5OWcG&#10;OirSGtQArJbsXg4BWRFV6q0vKfjOUngY3uJA1U4Ze3uL4ptnBtctmJ28dg77VkJNLKfxZnZydcTx&#10;EWTbf8SaHoOHgAloaFwXJSRRGKFTtR6PFSIeTNBhMTufF2cLzgT5pvN8drFcpDegfL5unQ/vJXYs&#10;biruqAUSPOxvfYh0oHwOia951KreKK2T4XbbtXZsD9Qum/Qd0H8K04b1Fb9YFItRgb9C5On7E0Sn&#10;AvW9Vl3Fl8cgKKNu70ydujKA0uOeKGtzEDJqN6oYhu2QKpdUjiJvsX4kZR2ObU5jSZsW3Q/Oemrx&#10;ivvvD+AkZ/qDoepcTOfzOBPJmC/OCzLcqWd76gEjCKrigbNxuw5pjpJu9pqquFFJ3xcmB8rUukn2&#10;w5jF2Ti1U9TLz2D1BAAA//8DAFBLAwQUAAYACAAAACEA/S8y1tsAAAAFAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPwU7DMBBE70j8g7VI3KiTFBVI41RVBNdKbZG4buNtErDXIXbS8PcYLnBZaTSjmbfF&#10;ZrZGTDT4zrGCdJGAIK6d7rhR8Hp8uXsE4QOyRuOYFHyRh015fVVgrt2F9zQdQiNiCfscFbQh9LmU&#10;vm7Jol+4njh6ZzdYDFEOjdQDXmK5NTJLkpW02HFcaLGnqqX64zBaBeOx2k77Knt/m3b6frd6Rovm&#10;U6nbm3m7BhFoDn9h+MGP6FBGppMbWXthFMRHwu+N3vJh+QTipCDL0hRkWcj/9OU3AAAA//8DAFBL&#10;AQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhAIBaG9ItAgAAVAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAP0vMtbbAAAABQEAAA8AAAAAAAAAAAAAAAAAhwQAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACPBQAAAAA=&#10;" filled="f" strokecolor="white">
+        <v:shape id="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:-60.4pt;margin-top:0;width:96.15pt;height:98.05pt;z-index:2;visibility:visible;mso-wrap-style:none;mso-width-percent:400;mso-height-percent:200;mso-width-percent:400;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCAWhvSLQIAAFQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0vthxkjY16hRdugwD&#10;ugvQ7gMYWY6FyaImqbG7ry8lp2l2exnmB0EUqaPDQ9KXV0On2V46r9BUfDrJOZNGYK3MruJf7zdv&#10;lpz5AKYGjUZW/FF6frV6/eqyt6UssEVdS8cIxPiytxVvQ7BllnnRyg78BK005GzQdRDIdLusdtAT&#10;eqezIs/Psh5dbR0K6T2d3oxOvkr4TSNF+Nw0XgamK07cQlpdWrdxzVaXUO4c2FaJAw34BxYdKEOP&#10;HqFuIAB7cOo3qE4Jhx6bMBHYZdg0SsiUA2UzzX/J5q4FK1MuJI63R5n8/4MVn/ZfHFN1xWf5OWcG&#10;OirSGtQArJbsXg4BWRFV6q0vKfjOUngY3uJA1U4Ze3uL4ptnBtctmJ28dg77VkJNLKfxZnZydcTx&#10;EWTbf8SaHoOHgAloaFwXJSRRGKFTtR6PFSIeTNBhMTufF2cLzgT5pvN8drFcpDegfL5unQ/vJXYs&#10;biruqAUSPOxvfYh0oHwOia951KreKK2T4XbbtXZsD9Qum/Qd0H8K04b1Fb9YFItRgb9C5On7E0Sn&#10;AvW9Vl3Fl8cgKKNu70ydujKA0uOeKGtzEDJqN6oYhu2QKpdUjiJvsX4kZR2ObU5jSZsW3Q/Oemrx&#10;ivvvD+AkZ/qDoepcTOfzOBPJmC/OCzLcqWd76gEjCKrigbNxuw5pjpJu9pqquFFJ3xcmB8rUukn2&#10;w5jF2Ti1U9TLz2D1BAAA//8DAFBLAwQUAAYACAAAACEA/S8y1tsAAAAFAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPwU7DMBBE70j8g7VI3KiTFBVI41RVBNdKbZG4buNtErDXIXbS8PcYLnBZaTSjmbfF&#10;ZrZGTDT4zrGCdJGAIK6d7rhR8Hp8uXsE4QOyRuOYFHyRh015fVVgrt2F9zQdQiNiCfscFbQh9LmU&#10;vm7Jol+4njh6ZzdYDFEOjdQDXmK5NTJLkpW02HFcaLGnqqX64zBaBeOx2k77Knt/m3b6frd6Rovm&#10;U6nbm3m7BhFoDn9h+MGP6FBGppMbWXthFMRHwu+N3vJh+QTipCDL0hRkWcj/9OU3AAAA//8DAFBL&#10;AQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhAIBaG9ItAgAAVAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAP0vMtbbAAAABQEAAA8AAAAAAAAAAAAAAAAAhwQAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACPBQAAAAA=&#10;" filled="f" strokecolor="white">
           <v:textbox style="mso-fit-shape-to-text:t">
             <w:txbxContent>
-              <w:p w14:paraId="6BA3FD24" w14:textId="77777777" w:rsidR="00AE702A" w:rsidRDefault="001F7587">
+              <w:p w14:paraId="6BA3FD24" w14:textId="77777777" w:rsidR="00AE702A" w:rsidRDefault="00000000">
                 <w:r>
                   <w:pict w14:anchorId="4E3ACA25">
                     <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                       <v:stroke joinstyle="miter"/>
                       <v:formulas>
                         <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                         <v:f eqn="sum @0 1 0"/>
                         <v:f eqn="sum 0 0 @1"/>
                         <v:f eqn="prod @2 1 2"/>
                         <v:f eqn="prod @3 21600 pixelWidth"/>
                         <v:f eqn="prod @3 21600 pixelHeight"/>
                         <v:f eqn="sum @0 0 1"/>
                         <v:f eqn="prod @6 1 2"/>
                         <v:f eqn="prod @7 21600 pixelWidth"/>
                         <v:f eqn="sum @8 21600 0"/>
                         <v:f eqn="prod @7 21600 pixelHeight"/>
                         <v:f eqn="sum @10 21600 0"/>
                       </v:formulas>
                       <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                       <o:lock v:ext="edit" aspectratio="t"/>
                     </v:shapetype>
-                    <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:81pt;height:90pt">
+                    <v:shape id="_x0000_i1026" type="#_x0000_t75" style="width:81pt;height:90pt">
                       <v:imagedata r:id="rId1" o:title="brasao"/>
                     </v:shape>
                   </w:pict>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="110"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2053"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:usePrinterMetrics/>
     <w:doNotSuppressParagraphBorders/>
     <w:footnoteLayoutLikeWW8/>
     <w:shapeLayoutLikeWW8/>
     <w:alignTablesRowByRow/>
     <w:forgetLastTabAlignment/>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:layoutRawTableWidth/>
     <w:layoutTableRowsApart/>
     <w:useWord97LineBreakRules/>
     <w:doNotBreakWrappedTables/>
     <w:doNotSnapToGridInCell/>
     <w:selectFldWithFirstOrLastChar/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:useWord2002TableStyleRules/>
     <w:growAutofit/>
     <w:useNormalStyleForList/>
     <w:doNotUseIndentAsNumberingTabStop/>
     <w:useAltKinsokuLineBreakRules/>
     <w:allowSpaceOfSameStyleInTable/>
     <w:doNotSuppressIndentation/>
     <w:doNotAutofitConstrainedTables/>
     <w:autofitToFirstFixedWidthCell/>
     <w:displayHangulFixedWidth/>
     <w:splitPgBreakAndParaMark/>
     <w:doNotVertAlignCellWithSp/>
     <w:doNotBreakConstrainedForcedTable/>
     <w:doNotVertAlignInTxbx/>
     <w:useAnsiKerningPairs/>
     <w:cachedColBalance/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
+    <w:compatSetting w:name="allowHyphenationAtTrackBottom" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009F196D"/>
     <w:rsid w:val="000006A8"/>
     <w:rsid w:val="00017A84"/>
     <w:rsid w:val="00177B46"/>
     <w:rsid w:val="001B478A"/>
     <w:rsid w:val="001D1394"/>
     <w:rsid w:val="001D758A"/>
     <w:rsid w:val="001F7587"/>
     <w:rsid w:val="002314C1"/>
     <w:rsid w:val="00280063"/>
     <w:rsid w:val="0033648A"/>
     <w:rsid w:val="00373483"/>
+    <w:rsid w:val="0039133C"/>
     <w:rsid w:val="003D3AA8"/>
     <w:rsid w:val="00454EAC"/>
     <w:rsid w:val="0049057E"/>
     <w:rsid w:val="004B57DB"/>
     <w:rsid w:val="004C67DE"/>
     <w:rsid w:val="005D6FEE"/>
     <w:rsid w:val="006605BF"/>
     <w:rsid w:val="0070574C"/>
     <w:rsid w:val="00705ABB"/>
     <w:rsid w:val="009D1CB4"/>
     <w:rsid w:val="009F196D"/>
     <w:rsid w:val="00A71CAF"/>
     <w:rsid w:val="00A9035B"/>
     <w:rsid w:val="00AE702A"/>
     <w:rsid w:val="00C10BC7"/>
     <w:rsid w:val="00C87EFC"/>
     <w:rsid w:val="00CD613B"/>
+    <w:rsid w:val="00CF1497"/>
     <w:rsid w:val="00CF7F49"/>
     <w:rsid w:val="00D26CB3"/>
     <w:rsid w:val="00DE6295"/>
     <w:rsid w:val="00E2476C"/>
     <w:rsid w:val="00E903BB"/>
     <w:rsid w:val="00EB7D7D"/>
     <w:rsid w:val="00EE7983"/>
+    <w:rsid w:val="00EF1FBE"/>
     <w:rsid w:val="00F16623"/>
     <w:rsid w:val="00FD49A9"/>
     <w:rsid w:val="00FD5CE1"/>
     <w:rsid w:val="00FF481A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2053"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="36902C81"/>
+  <w15:docId w15:val="{ED6CB959-7044-49BB-9ACC-0B77D1CE4590}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="pt-BR" w:eastAsia="pt-BR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...137 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fontepargpadro">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tabelanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
@@ -2091,250 +2314,60 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="TextodebaloChar">
     <w:name w:val="Texto de balão Char"/>
     <w:link w:val="Textodebalo"/>
     <w:rsid w:val="0049057E"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TtuloChar">
     <w:name w:val="Título Char"/>
     <w:link w:val="Ttulo"/>
     <w:rsid w:val="00E2476C"/>
     <w:rPr>
       <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
-[...188 lines deleted...]
-
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
     <a:clrScheme name="Escritório">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -2584,72 +2617,72 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
   <Words>599</Words>
-  <Characters>3238</Characters>
+  <Characters>3239</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>26</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Organização não conhecida</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3830</CharactersWithSpaces>
+  <CharactersWithSpaces>3831</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>===</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>